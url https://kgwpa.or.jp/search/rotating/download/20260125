--- v0 (2025-12-18)
+++ v1 (2026-03-11)
@@ -15,51 +15,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="0125" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'0125'!$A$1:$E$24</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>香川県休日当番薬局リスト</t>
   </si>
   <si>
     <t>2026年1月25日（日）　　　　　　　　　　　　開設時間　AM9：00～PM6：00</t>
   </si>
   <si>
     <t>郡市名</t>
   </si>
   <si>
     <t>薬局</t>
   </si>
   <si>
     <t>所在地</t>
   </si>
   <si>
     <t>電話</t>
   </si>
   <si>
     <t>FAX</t>
   </si>
   <si>
     <t>高松市</t>
   </si>
   <si>
@@ -270,50 +270,65 @@
     <t>さぬき市</t>
   </si>
   <si>
     <t>ハッピー薬局</t>
   </si>
   <si>
     <t>さぬき市志度1900-7</t>
   </si>
   <si>
     <t>087-894-8392</t>
   </si>
   <si>
     <t>東かがわ市</t>
   </si>
   <si>
     <t>アイン薬局丹生店</t>
   </si>
   <si>
     <t>東かがわ市町田698-2</t>
   </si>
   <si>
     <t>0879-26-3255</t>
   </si>
   <si>
     <t>0879-26-3288</t>
+  </si>
+  <si>
+    <t>三豊市</t>
+  </si>
+  <si>
+    <t>ひとみ調剤薬局仁尾店</t>
+  </si>
+  <si>
+    <t>三豊市仁尾町仁尾辛39-12</t>
+  </si>
+  <si>
+    <t>0875-82-5331</t>
+  </si>
+  <si>
+    <t>0875-82-5332</t>
   </si>
   <si>
     <t>小豆郡</t>
   </si>
   <si>
     <t>やまもと調剤薬局内海店</t>
   </si>
   <si>
     <t>小豆郡小豆島町片城甲44－353</t>
   </si>
   <si>
     <t>0879-82-7337</t>
   </si>
   <si>
     <t>0879-82-7338</t>
   </si>
   <si>
     <t>仲多度郡</t>
   </si>
   <si>
     <t>わかば調剤薬局　仲南店</t>
   </si>
   <si>
     <t>仲多度郡まんのう町買田233-11</t>
   </si>
@@ -754,51 +769,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K23"/>
+  <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" view="pageBreakPreview" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="true" defaultRowHeight="30.75" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.625" customWidth="true" style="2"/>
     <col min="2" max="2" width="27.625" customWidth="true" style="3"/>
     <col min="3" max="3" width="26.625" customWidth="true" style="4"/>
     <col min="4" max="4" width="11.625" customWidth="true" style="2"/>
     <col min="5" max="5" width="11.625" customWidth="true" style="2"/>
     <col min="6" max="6" width="9" customWidth="true" style="3"/>
     <col min="7" max="7" width="9" customWidth="true" style="3"/>
     <col min="8" max="8" width="9" customWidth="true" style="3"/>
     <col min="9" max="9" width="16.625" customWidth="true" style="3"/>
     <col min="10" max="10" width="20" customWidth="true" style="3"/>
     <col min="11" max="11" width="9" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="30.75">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5"/>
@@ -1148,50 +1163,67 @@
       <c r="C22" s="9" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>88</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="30.75">
       <c r="A23" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>91</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>93</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" customHeight="1" ht="30.75">
+      <c r="A24" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true" horizontalCentered="true"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver" r:id="rId1ps"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>